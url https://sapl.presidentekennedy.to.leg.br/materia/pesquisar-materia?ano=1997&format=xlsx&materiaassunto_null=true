--- v0 (2025-11-30)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="498" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="327">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -804,102 +804,154 @@
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1693/reg-74-95.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente,_x000D_
 ​O Vereador que o presente subscreve vem requerer após ouvido o plenário na forma regimental que se oficie ao Senhor PREFEITO MUNICIPAL, no sentido de dar APOIO À CONSTRUÇÃO DE HORTAS CASEIRAS no programa CINTURÃO VERDE, na sede da cidade.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Senhor Prefeito,_x000D_
 O Vereador que o presente subscreve vem requerer após ouvido o plenário na forma regimental, no sentido de providenciar a EXTENSÃO DA REDE DE ENERGIA ATÉ O POÇO ARTESIANO DO SETOR DA HORTA E A INSTALAÇÃO DE UMA BOMBA D'ÁGUA NO MESMO POÇO para o ABASTECIMENTO DE ÁGUA NOS SETORES MAIS ALTOS DA SEDE DA CIDADE, e atendendo à solicitação dos moradores locais.</t>
   </si>
   <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1843/req.76-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+  O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL, NO SENTIDO DE PROVIDENCIAR UMA REDE DE EXTENSÃO DE ÁGUA PARA A VILA LORETO, SABENDO-SE DA NECESSIDADE DOS MORADORES LOCAIS E ATENDENDO A SOLICITAÇÃO DOS MESMOS.</t>
+  </si>
+  <si>
     <t>1711</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1711/req.77-1997.pdf</t>
   </si>
   <si>
     <t>SENHOR PRESIDENTE,_x000D_
 O VEREADOR  QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL NO SENTIDO, DE PROVIDENCIAR O CONCERTO DAS ESTRADAS VICINAIS DAS REGIÕES DE: VÃO DE FEIO, BOA SORTE, CAMPO ALEGRE, COUTINHO CHAPADA ALTA, SÃO FRANCISCO, LEÓS E SÃO BENTO, ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1713/req.79-1997.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
  O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR A CONSTRUÇÃO DE UM POSTO DA SAÚDE NO CAMPO ALEGRE, ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1812/req.80-1997.pdf</t>
   </si>
   <si>
     <t>SENHOR PRESIDENTE,_x000D_
 ​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL NO SENTIDO DO EXECUTIVO PROVIDENCIAR A MONTAGEM DE PARA-RAIOS NA SEDE DA CIDADE E NO SETOR ENTRONCAMENTO, ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1842/req.81-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL NO SENTIDO DO MOS-MO, PROVIDENCIAR O PAGAMENTO DOS SALÁRIOS ATRAZADOS DE TODOS OS SERVIDORES DESTA PREFEITURA, DOS MESES DE NO-VEMBRO E DEZEMBRO DE 1996, O 13º SALÁRIO DO ANO DE 1996 E METADE DO SALÁRIO QUE FOI PAGO A MENOR NOS MESES DE JANEI-RO E FEVEREIRO DE 1997, ATENDENDO A SOLICITAÇÃO DOS MESMOS.</t>
+  </si>
+  <si>
     <t>1717</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1717/req.84-1997.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER, APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE OERGURAR UM POÇO ARTESIANO NO SETOR ENTRONCAMENTO, NA SEDE DA CIDADE ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS NO ABASTECIMENTO DE ÁGUA NO MESMO SETOR.</t>
   </si>
   <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1837/req.86-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+O VEREADOR QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL. NO SENTIDO DE PROVIDENCIAR A COMPRA DE PNEUS PARA A AMBULANCIA DESTA CIDADE, DE FORMA QUE ATENDA AS NECESSIDADES DE NOSSO POVO.</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1839/req.87-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL NO SENTIDO DE PROVIDENCIAR A CONTRATAÇÃO DE UM FUNCIONÁRIO PARA PRESTAR SERVIÇOS DE GUARDA DA ESTAÇÃO RODOVIÁRIA DESTA CIDADE, EVITANDO O EXTRAVIO DA MESMA.</t>
+  </si>
+  <si>
     <t>1809</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1809/req.96-1997.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 ​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR COM A MAIOR URGÊNCIA, A COMPRA DE SERINGA DESCARTÁVEL PARA O HOSPITAL E MATERNIDADE TOCANTINS E DESTRUIR TODO O MATERIAL DE VIDRO, DESSA FORMA EVITARÁ QUALQUER TIPO DE CONTAMINAÇÃO.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1790/reg-99-97.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR O PAGAMENTO DO QUINQUÊNIO DOS SERVIDORES DESTA PREFEITURA BASEADO NA LEI MUNICIPAL 281/90 DE 18 DE JUNHO DE 1990 QUE INSTITUI O REGIME ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PRESIDENTE KENNEDY EM SEU ARTIGO 99 § I ITEM 1 E 2 E § III E IV.</t>
   </si>
@@ -908,74 +960,139 @@
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1810/req.100-1997.pdf</t>
   </si>
   <si>
     <t>​SENHOR PREFEITO,_x000D_
 ​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR O CONCERTO DAS ESTRADAS DA ZONA RURAL DESTE MUNICÍPIO, PRINCIPALMENTE CAMPO ALEGRE, COUTINHO, SÃO FRANCISCO, CHAPADA, REGIÃO DOS LEÕES, VÃO DO FEIO, BOA SORTE E OUTRAS, UMA VEZ QUE AS ESTRADAS ESTÃO EM PÉCIMA CONDIÇÃO DE USO, ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1791/reg-105-97.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR O CONSERTO DAS ESTRADAS DA REGIÃO DA CHAPADA ALTA, NESTE MUNICÍPIO, MELHORANDO O TRÂNSITO NA MESMA E ATENDENDO À SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1845/req.109-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+ O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL NO SENTIDO DE FAZER O PAGAMENTO DO DÉCIMO TERCEIRO SALÁRIO DOS SERVIDORES MUNICIPAIS E REGULARIZAR DOS MESMOS COM RELAÇÃO AO QUINQUENIO, POR SER DE JUSTIÇA E ATENDENDO A SOLICITAÇÃO DOS MESMOS.</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1840/req.116-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL NO SENTIDO DO MESMO DAR UM AUMENTO DE 50% (CINQUENTA POR CENTO) PARA OS SERVIDORES MUNICIPAIS QUE RECEBEM MENOS DE TRÊS SALÁRIOS MÍNIMOS, ATENDENDO A SOLICITAÇÃO DOS MESMOS.</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1838/req.117-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+​O VEREADOR QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL, NO SENTIDO DE PROVIDENCIAR UM DEPÓSITO DE ÁGUA DE TRINTA A CINQUENTA MIL LITROS, NO SETOR AEROPORTO NA SEDE DA CIDADE, PARA O ABASTECIMENTO DO MESMO E ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1841/req.118-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+​O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL, NO SENTIDO DE PROVIDÊNCIAR COM A MAIOR URGÊNCIA POSSÍVEL A COMPRA DE PENEUS PARA A FÉ-MECÂNICA, DE PROPRIEDADE DA PREFEITURA, DE FORMA QUE A MESMA FIQUE EM CONDIÇÃO DE USO E ATENDA AS NECESSIDADES DE NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
     <t>1792</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1792/reg-119-97.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR O CONCERTO DA MÁQUINA DE XEROX DE PROPRIEDADE DA PREFEITURA, PARA ATENDER A DEMANDA DA MESMA E À SOLICITAÇÃO DO NOSSO POVO. UMA VEZ QUE QUANDO PRECISAM TÊEM QUE SE DESLOCAREM PARA OUTRA CIDADE.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1794/reg.122-97.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR A CONSTRUÇÃO DE MEIO-FIOS, NA AVENIDA ARAGUAIA, ONDE FOI FEITO O ASFALTO, NA SEDE DA CIDADE, ANTES QUE SEJA MUITO TARDE E ESTRAGUE O ASFALTO.</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1844/req.123-1997.pdf</t>
+  </si>
+  <si>
+    <t>SENHOR PRESIDENTE,_x000D_
+ A VEREADORA QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL QUE SE OFICIE AO SENHOR PREFEITO MUNICIPAL, NO SENTIDO DE PROVIDENCIAR A RECUPERAÇÃO DAS ESTRADAS DA CHAPADA ALTA, NESTE MUNICIPIO, FACILITANDO O TRANSITO E ATENDENDO A SOLICITAÇÃO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1793/reg-121-97.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO,_x000D_
 O VEREADOR QUE O PRESENTE SUBSCREVE, VEM REQUERER APÓS OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, NO SENTIDO DE PROVIDENCIAR O TÉRMINO DO ESTÁDIO DE FUTEBOL, DO SETOR AEROPORTO NA SEDE DA CIDADE, DEIXANDO-O EM CONDIÇÃO DE USO E QUE CONSTRUA UM OUTRO CAMPO DE FUTEBOL TERREO, ATENDENDO À SOLICITAÇÃO DOS ATLETISTAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1808/req.366-1996.pdf</t>
   </si>
   <si>
     <t>SENHOR PRESIDENTE,_x000D_
@@ -1305,56 +1422,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1683/reg-24-97.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1732/req.01-1997.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1716/req.03-1997.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1714/req.04-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1727/req.05-1997.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1737/req.06-1997.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1807/req.07-1997.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1723/req.08-1997.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1811/req.09-1997.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1698/reg-25-97.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1699/reg-26-97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1700/reg-27-97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1996/1709/req.28-1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1718/reg-30-97.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1719/reg.-31-97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1720/reg-32-97.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1721/reg-33-97.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1722/reg-34-97.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1724/reg-35-97.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1726/reg-36-97.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1729/reg-37-97.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1730/reg-38-97.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1735/reg-39-97.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1738/reg-40-97.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1712/req.41-1997.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1710/req.42-1997.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1740/reg-43-97.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1685/reg-44-97.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1773/reg.45-97.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1775/reg.-46-97.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1681/reg-47-97.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1742/reg.48-97.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1745/reg-49-97.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1747/reg-50-97.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1749/reg-51-97.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1752/reg-52-97.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1755/reg-53-97.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1756/reg-54-97.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1758/reg-55-97.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1759/reg.56-1997.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1763/reg-57-97.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1765/reg-58-97.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1768/reg-59-997.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1779/reg-60-97.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1782/reg-62-97.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1783/reg-63-97.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1785/reg-65-97.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1786/reg-66-97.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1787/reg-67-97.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1788/reg-69-97.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1789/reg-70-97.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1686/reg-71-97.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1688/reg-72-97.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1690/reg-73-97.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1693/reg-74-95.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1711/req.77-1997.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1713/req.79-1997.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1812/req.80-1997.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1717/req.84-1997.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1809/req.96-1997.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1790/reg-99-97.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1810/req.100-1997.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1791/reg-105-97.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1792/reg-119-97.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1794/reg.122-97.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1793/reg-121-97.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1808/req.366-1996.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1683/reg-24-97.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1732/req.01-1997.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1716/req.03-1997.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1714/req.04-1996.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1727/req.05-1997.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1737/req.06-1997.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1807/req.07-1997.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1723/req.08-1997.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1811/req.09-1997.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1698/reg-25-97.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1699/reg-26-97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1700/reg-27-97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1996/1709/req.28-1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1718/reg-30-97.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1719/reg.-31-97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1720/reg-32-97.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1721/reg-33-97.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1722/reg-34-97.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1724/reg-35-97.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1726/reg-36-97.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1729/reg-37-97.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1730/reg-38-97.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1735/reg-39-97.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1738/reg-40-97.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1712/req.41-1997.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1710/req.42-1997.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1740/reg-43-97.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1685/reg-44-97.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1773/reg.45-97.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1775/reg.-46-97.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1681/reg-47-97.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1742/reg.48-97.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1745/reg-49-97.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1747/reg-50-97.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1749/reg-51-97.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1752/reg-52-97.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1755/reg-53-97.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1756/reg-54-97.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1758/reg-55-97.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1759/reg.56-1997.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1763/reg-57-97.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1765/reg-58-97.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1768/reg-59-997.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1779/reg-60-97.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1782/reg-62-97.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1783/reg-63-97.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1785/reg-65-97.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1786/reg-66-97.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1787/reg-67-97.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1788/reg-69-97.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1789/reg-70-97.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1686/reg-71-97.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1688/reg-72-97.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1690/reg-73-97.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1693/reg-74-95.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1843/req.76-1997.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1711/req.77-1997.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1713/req.79-1997.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1812/req.80-1997.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1842/req.81-1997.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1717/req.84-1997.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1837/req.86-1997.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1839/req.87-1997.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1809/req.96-1997.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1790/reg-99-97.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1810/req.100-1997.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1791/reg-105-97.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1845/req.109-1997.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1840/req.116-1997.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1838/req.117-1997.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1841/req.118-1997.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1792/reg-119-97.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1794/reg.122-97.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1844/req.123-1997.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1793/reg-121-97.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.presidentekennedy.to.leg.br/media/sapl/public/materialegislativa/1997/1808/req.366-1996.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2959,50 +3076,257 @@
       <c r="H70" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>287</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H71" t="s">
         <v>290</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>291</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>292</v>
+      </c>
+      <c r="D72" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H72" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>295</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" t="s">
+        <v>17</v>
+      </c>
+      <c r="E73" t="s">
+        <v>18</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H73" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>299</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>300</v>
+      </c>
+      <c r="D74" t="s">
+        <v>17</v>
+      </c>
+      <c r="E74" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H74" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>303</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>304</v>
+      </c>
+      <c r="D75" t="s">
+        <v>17</v>
+      </c>
+      <c r="E75" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H75" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>307</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>308</v>
+      </c>
+      <c r="D76" t="s">
+        <v>17</v>
+      </c>
+      <c r="E76" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H76" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>311</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>312</v>
+      </c>
+      <c r="D77" t="s">
+        <v>17</v>
+      </c>
+      <c r="E77" t="s">
+        <v>18</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H77" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>315</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>316</v>
+      </c>
+      <c r="D78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E78" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H78" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>319</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>320</v>
+      </c>
+      <c r="D79" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H79" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>323</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>324</v>
+      </c>
+      <c r="D80" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" t="s">
+        <v>18</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H80" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3033,50 +3357,59 @@
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>